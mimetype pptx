--- v0 (2025-12-01)
+++ v1 (2026-03-02)
@@ -1,116 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/png"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId25"/>
+    <p:notesMasterId r:id="rId28"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="257" r:id="rId4"/>
     <p:sldId id="259" r:id="rId5"/>
     <p:sldId id="281" r:id="rId6"/>
-    <p:sldId id="261" r:id="rId7"/>
-[...16 lines deleted...]
-    <p:sldId id="280" r:id="rId24"/>
+    <p:sldId id="283" r:id="rId7"/>
+    <p:sldId id="284" r:id="rId8"/>
+    <p:sldId id="261" r:id="rId9"/>
+    <p:sldId id="262" r:id="rId10"/>
+    <p:sldId id="263" r:id="rId11"/>
+    <p:sldId id="264" r:id="rId12"/>
+    <p:sldId id="265" r:id="rId13"/>
+    <p:sldId id="266" r:id="rId14"/>
+    <p:sldId id="267" r:id="rId15"/>
+    <p:sldId id="276" r:id="rId16"/>
+    <p:sldId id="268" r:id="rId17"/>
+    <p:sldId id="269" r:id="rId18"/>
+    <p:sldId id="282" r:id="rId19"/>
+    <p:sldId id="285" r:id="rId20"/>
+    <p:sldId id="271" r:id="rId21"/>
+    <p:sldId id="274" r:id="rId22"/>
+    <p:sldId id="275" r:id="rId23"/>
+    <p:sldId id="277" r:id="rId24"/>
+    <p:sldId id="278" r:id="rId25"/>
+    <p:sldId id="279" r:id="rId26"/>
+    <p:sldId id="280" r:id="rId27"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -201,80 +208,80 @@
     <a:srgbClr val="0000FF"/>
     <a:srgbClr val="41719C"/>
     <a:srgbClr val="F2F2F2"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="14994" autoAdjust="0"/>
+    <p:restoredLeft sz="14100" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="123" d="100"/>
           <a:sy n="123" d="100"/>
         </p:scale>
         <p:origin x="640" y="184"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -319,51 +326,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{0629D88D-024C-4D2D-9539-11235A9578F1}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11/28/25</a:t>
+              <a:t>12/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -3519,135 +3526,147 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image150.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image160.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image240.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image170.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.gif"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image240.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image230.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image260.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image300.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image330.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image360.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image350.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image430.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image450.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image440.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="NULL"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image150.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image100.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image120.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image130.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image140.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -3795,50 +3814,1933 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Policy gradient theorem (continued)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>CS@THU</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>RL2025-Fall</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2822895" y="1897602"/>
+            <a:ext cx="6364260" cy="4325651"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="19" name="Group 18"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="906011" y="3063970"/>
+            <a:ext cx="3900881" cy="923330"/>
+            <a:chOff x="906011" y="3063970"/>
+            <a:chExt cx="3900881" cy="923330"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="8" name="Straight Connector 7"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipV="1">
+              <a:off x="4404220" y="3716322"/>
+              <a:ext cx="402672" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <mc:Choice Requires="a14">
+            <p:sp>
+              <p:nvSpPr>
+                <p:cNvPr id="9" name="Rectangle 8"/>
+                <p:cNvSpPr/>
+                <p:nvPr/>
+              </p:nvSpPr>
+              <p:spPr>
+                <a:xfrm>
+                  <a:off x="906011" y="3063970"/>
+                  <a:ext cx="2807547" cy="923330"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+              </p:spPr>
+              <p:txBody>
+                <a:bodyPr wrap="square">
+                  <a:spAutoFit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a:r>
+                    <a:rPr lang="en-US" dirty="0">
+                      <a:solidFill>
+                        <a:srgbClr val="FF0000"/>
+                      </a:solidFill>
+                    </a:rPr>
+                    <a:t>Expected number of visits under policy </a:t>
+                  </a:r>
+                  <a14:m>
+                    <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                      <m:r>
+                        <a:rPr lang="en-US" i="1">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <m:t>𝜋</m:t>
+                      </m:r>
+                      <m:d>
+                        <m:dPr>
+                          <m:ctrlPr>
+                            <a:rPr lang="en-US" i="1">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            </a:rPr>
+                          </m:ctrlPr>
+                        </m:dPr>
+                        <m:e>
+                          <m:r>
+                            <a:rPr lang="en-US" i="1">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            </a:rPr>
+                            <m:t>𝑎</m:t>
+                          </m:r>
+                        </m:e>
+                        <m:e>
+                          <m:r>
+                            <a:rPr lang="en-US" i="1">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            </a:rPr>
+                            <m:t>𝑠</m:t>
+                          </m:r>
+                        </m:e>
+                      </m:d>
+                    </m:oMath>
+                  </a14:m>
+                  <a:r>
+                    <a:rPr lang="en-US" dirty="0">
+                      <a:solidFill>
+                        <a:srgbClr val="FF0000"/>
+                      </a:solidFill>
+                    </a:rPr>
+                    <a:t>, recall state occupancy matrix</a:t>
+                  </a:r>
+                </a:p>
+              </p:txBody>
+            </p:sp>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <p:sp>
+              <p:nvSpPr>
+                <p:cNvPr id="9" name="Rectangle 8"/>
+                <p:cNvSpPr>
+                  <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                </p:cNvSpPr>
+                <p:nvPr/>
+              </p:nvSpPr>
+              <p:spPr>
+                <a:xfrm>
+                  <a:off x="906011" y="3063970"/>
+                  <a:ext cx="2807547" cy="923330"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:blipFill>
+                  <a:blip r:embed="rId3"/>
+                  <a:stretch>
+                    <a:fillRect l="-1957" t="-3974" b="-9934"/>
+                  </a:stretch>
+                </a:blipFill>
+              </p:spPr>
+              <p:txBody>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:r>
+                    <a:rPr lang="en-US">
+                      <a:noFill/>
+                    </a:rPr>
+                    <a:t> </a:t>
+                  </a:r>
+                </a:p>
+              </p:txBody>
+            </p:sp>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5389927" y="4337108"/>
+            <a:ext cx="1132513" cy="352338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3942826" y="4102216"/>
+            <a:ext cx="1019262" cy="641757"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5343787" y="3955409"/>
+            <a:ext cx="1258349" cy="822121"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="0070C0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="14" name="Rectangle 13"/>
+              <p:cNvSpPr/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="906011" y="4716601"/>
+                <a:ext cx="2791543" cy="646331"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr wrap="square">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="0070C0"/>
+                    </a:solidFill>
+                  </a:rPr>
+                  <a:t>Stationary state distribution under policy </a:t>
+                </a:r>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="en-US" i="1">
+                        <a:solidFill>
+                          <a:srgbClr val="0070C0"/>
+                        </a:solidFill>
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜋</m:t>
+                    </m:r>
+                    <m:d>
+                      <m:dPr>
+                        <m:ctrlPr>
+                          <a:rPr lang="en-US" i="1">
+                            <a:solidFill>
+                              <a:srgbClr val="0070C0"/>
+                            </a:solidFill>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                        </m:ctrlPr>
+                      </m:dPr>
+                      <m:e>
+                        <m:r>
+                          <a:rPr lang="en-US" i="1">
+                            <a:solidFill>
+                              <a:srgbClr val="0070C0"/>
+                            </a:solidFill>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                          <m:t>𝑎</m:t>
+                        </m:r>
+                      </m:e>
+                      <m:e>
+                        <m:r>
+                          <a:rPr lang="en-US" i="1">
+                            <a:solidFill>
+                              <a:srgbClr val="0070C0"/>
+                            </a:solidFill>
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                          <m:t>𝑠</m:t>
+                        </m:r>
+                      </m:e>
+                    </m:d>
+                  </m:oMath>
+                </a14:m>
+                <a:r>
+                  <a:rPr lang="en-US" dirty="0">
+                    <a:solidFill>
+                      <a:srgbClr val="0070C0"/>
+                    </a:solidFill>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </mc:Choice>
+        <mc:Fallback xmlns="">
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="14" name="Rectangle 13"/>
+              <p:cNvSpPr>
+                <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+              </p:cNvSpPr>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="906011" y="4716601"/>
+                <a:ext cx="2791543" cy="646331"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:blipFill>
+                <a:blip r:embed="rId4"/>
+                <a:stretch>
+                  <a:fillRect l="-1965" t="-5660" r="-2838" b="-14151"/>
+                </a:stretch>
+              </a:blipFill>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US">
+                    <a:noFill/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </mc:Fallback>
+      </mc:AlternateContent>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="16" name="Straight Connector 15"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="5356369" y="5247314"/>
+            <a:ext cx="548640" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="0070C0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3649211" y="5608040"/>
+            <a:ext cx="310393" cy="327171"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TextBox 17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="906011" y="5423483"/>
+            <a:ext cx="2705450" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>move the constant into the step size of gradient ascent  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="26" name="Group 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14B3BEE5-CB44-0E85-BA35-CC2CE48179B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5343786" y="5935211"/>
+            <a:ext cx="3563907" cy="401195"/>
+            <a:chOff x="5343786" y="5935211"/>
+            <a:chExt cx="3563907" cy="401195"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="11" name="Straight Connector 10">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E65E586-3FF8-4320-2B38-7368C3BDB23D}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5619964" y="5935211"/>
+              <a:ext cx="575353" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="28575">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="TextBox 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{369EA8D2-B375-C854-0EF1-CD70712E2BB3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5343786" y="5967074"/>
+              <a:ext cx="3563907" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="7030A0"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>The reason we take this action</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="25" name="Group 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8391621F-E219-7535-F3C0-560277E418D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="6333297" y="5608040"/>
+            <a:ext cx="4349777" cy="369332"/>
+            <a:chOff x="6333297" y="5608040"/>
+            <a:chExt cx="4349777" cy="369332"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="22" name="Straight Connector 21">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55A5F697-CB8B-79F7-BDFE-CA8F4DAC9753}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="6333297" y="5930246"/>
+              <a:ext cx="704501" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="28575">
+              <a:solidFill>
+                <a:schemeClr val="accent6">
+                  <a:lumMod val="75000"/>
+                </a:schemeClr>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="24" name="TextBox 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47B8887A-E2B8-7890-8B41-3FAF90632A8E}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7119167" y="5608040"/>
+              <a:ext cx="3563907" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="accent6">
+                      <a:lumMod val="75000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>The return after taking this action</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="946657102"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="19"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="7" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="13" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="14" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="15" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="19" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="20" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="21" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="22" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="23" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="17"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="25" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="18"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="27" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="28" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="29" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="30" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="26"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="31" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="32" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="33" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="34" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="25"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="12" grpId="0" animBg="1"/>
+      <p:bldP spid="13" grpId="0" animBg="1"/>
+      <p:bldP spid="14" grpId="0"/>
+      <p:bldP spid="17" grpId="0" animBg="1"/>
+      <p:bldP spid="18" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>REINFORCE: Monte Carlo policy gradient</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+        <mc:Choice Requires="a14">
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="6" name="Content Placeholder 5"/>
+              <p:cNvSpPr>
+                <a:spLocks noGrp="1"/>
+              </p:cNvSpPr>
+              <p:nvPr>
+                <p:ph idx="1"/>
+              </p:nvPr>
+            </p:nvSpPr>
+            <p:spPr/>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US" dirty="0"/>
+                  <a:t>Stochastic gradient descent</a:t>
+                </a:r>
+              </a:p>
+              <a:p>
+                <a:pPr lvl="1"/>
+                <a14:m>
+                  <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜃</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>←</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜃</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>−</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜂𝛻</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝑄</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>(</m:t>
+                    </m:r>
+                    <m:sSub>
+                      <m:sSubPr>
+                        <m:ctrlPr>
+                          <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                        </m:ctrlPr>
+                      </m:sSubPr>
+                      <m:e>
+                        <m:r>
+                          <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                          <m:t>𝑥</m:t>
+                        </m:r>
+                      </m:e>
+                      <m:sub>
+                        <m:r>
+                          <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                            <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                            <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                          </a:rPr>
+                          <m:t>𝑖</m:t>
+                        </m:r>
+                      </m:sub>
+                    </m:sSub>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>,</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>𝜃</m:t>
+                    </m:r>
+                    <m:r>
+                      <a:rPr lang="en-US" b="0" i="1" smtClean="0">
+                        <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        <a:ea typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                      </a:rPr>
+                      <m:t>) </m:t>
+                    </m:r>
+                  </m:oMath>
+                </a14:m>
+                <a:endParaRPr lang="en-US" dirty="0"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </mc:Choice>
+        <mc:Fallback xmlns="">
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="6" name="Content Placeholder 5"/>
+              <p:cNvSpPr>
+                <a:spLocks noGrp="1" noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+              </p:cNvSpPr>
+              <p:nvPr>
+                <p:ph idx="1"/>
+              </p:nvPr>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:blipFill>
+                <a:blip r:embed="rId2"/>
+                <a:stretch>
+                  <a:fillRect l="-1043" t="-2241"/>
+                </a:stretch>
+              </a:blipFill>
+            </p:spPr>
+            <p:txBody>
+              <a:bodyPr/>
+              <a:lstStyle/>
+              <a:p>
+                <a:r>
+                  <a:rPr lang="en-US">
+                    <a:noFill/>
+                  </a:rPr>
+                  <a:t> </a:t>
+                </a:r>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </mc:Fallback>
+      </mc:AlternateContent>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>CS@THU</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>RL2025-Fall</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2" descr="Variants of Gradient Descent"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1013064" y="3061222"/>
+            <a:ext cx="5412447" cy="2682380"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="11" name="Group 10"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="2969703" y="2512503"/>
+            <a:ext cx="4139967" cy="369332"/>
+            <a:chOff x="2969703" y="2512503"/>
+            <a:chExt cx="4139967" cy="369332"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="8" name="Straight Connector 7"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipV="1">
+              <a:off x="2969703" y="2697061"/>
+              <a:ext cx="1149291" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050"/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="9" name="TextBox 8"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4295164" y="2512503"/>
+              <a:ext cx="2814506" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="0070C0"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>Gradient at a sampled point</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDF51C4B-8A58-1317-6935-1CFF1C7A0053}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="990" r="12413" b="1033"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6501484" y="2970739"/>
+            <a:ext cx="3694660" cy="3306295"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1701045871"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="7" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>REINFORCE: Monte Carlo policy gradient</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sample gradients for policy optimization</a:t>
             </a:r>
           </a:p>
@@ -3883,51 +5785,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10</a:t>
+              <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3087149" y="2489411"/>
             <a:ext cx="4362275" cy="1547373"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -4697,51 +6599,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="14" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -4819,51 +6721,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>11</a:t>
+              <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="15" name="Group 14"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="2568537" y="2502925"/>
             <a:ext cx="7041052" cy="2657494"/>
             <a:chOff x="2568537" y="2502925"/>
             <a:chExt cx="7041052" cy="2657494"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="10" name="Picture 9"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
@@ -6060,51 +7962,51 @@
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="20" grpId="0"/>
       <p:bldP spid="21" grpId="0" animBg="1"/>
       <p:bldP spid="22" grpId="0"/>
       <p:bldP spid="23" grpId="0" animBg="1"/>
       <p:bldP spid="27" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -6160,51 +8062,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>12</a:t>
+              <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1631183" y="2177142"/>
             <a:ext cx="9252240" cy="3331592"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -6912,51 +8814,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="10" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -7981,51 +9883,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>13</a:t>
+              <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="10" name="Group 9"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="7325125" y="2269026"/>
             <a:ext cx="3116510" cy="369332"/>
             <a:chOff x="6526635" y="2277612"/>
             <a:chExt cx="3116510" cy="369332"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="TextBox 6"/>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
@@ -8688,51 +10590,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -8940,51 +10842,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>14</a:t>
+              <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2365694" y="3239621"/>
             <a:ext cx="6581163" cy="794629"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -9757,51 +11659,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="11" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Title 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -9857,51 +11759,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>15</a:t>
+              <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1606492" y="1826400"/>
             <a:ext cx="9056638" cy="4171728"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -10069,51 +11971,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4500BFFF-04CA-E84C-603C-0EA774183058}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10193,51 +12095,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5340F4FB-58E8-FF21-A606-FBFDECF24B4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>16</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A91413F-5FF4-ED66-CBB2-8CAB9AF208DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
@@ -10302,51 +12204,2761 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9161368" y="1110573"/>
             <a:ext cx="2861575" cy="1408230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3765920108"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{369A8A71-CA3B-C301-CF12-D8275141DB0E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Group Relative Policy Optimization</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>(GRPO)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{716415F3-1B3A-817E-8447-77622EAF636E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>Using</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>Monto</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>Carlo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>method</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>to</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>estimate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>the</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>advantage</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>function</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{106938FE-1694-F0DD-6A0F-8AB0C16E2089}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>CS@THU</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F54EC83-A413-4AC4-A06D-C60918749922}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>RL2025-Fall</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BD2FD3E-D652-20D4-5309-0C4D983500C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>19</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F7A530A5-9977-93B8-51ED-C1D5FC5901D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1098858" y="3625637"/>
+            <a:ext cx="2607644" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="KaiTi" panose="02010609060101010101" pitchFamily="49" charset="-122"/>
+              </a:rPr>
+              <a:t>Solve 3x - 7 = 2x + 5</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07F458D5-07D3-8226-91B6-22D61D0E4EB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8350230" y="2728447"/>
+            <a:ext cx="308009" cy="308009"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DAAFAC1-BD79-6FF1-DD00-8B757CFE1AD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8350230" y="3336265"/>
+            <a:ext cx="308009" cy="308009"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="00B050"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1AFB288-2AE0-3E82-40A5-68A70A0A4E00}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8350230" y="3944083"/>
+            <a:ext cx="308009" cy="308009"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39AB8E7D-E831-0EA3-120F-8BFF080EC5E0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8350230" y="4551900"/>
+            <a:ext cx="308009" cy="308009"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FF0000"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Freeform 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1489150D-1AB6-ED74-438D-6B6FA4793D53}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4625254" y="2892077"/>
+            <a:ext cx="3599848" cy="914400"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 3599848"/>
+              <a:gd name="connsiteY0" fmla="*/ 914400 h 914400"/>
+              <a:gd name="connsiteX1" fmla="*/ 731520 w 3599848"/>
+              <a:gd name="connsiteY1" fmla="*/ 221381 h 914400"/>
+              <a:gd name="connsiteX2" fmla="*/ 1876926 w 3599848"/>
+              <a:gd name="connsiteY2" fmla="*/ 423511 h 914400"/>
+              <a:gd name="connsiteX3" fmla="*/ 2897204 w 3599848"/>
+              <a:gd name="connsiteY3" fmla="*/ 86627 h 914400"/>
+              <a:gd name="connsiteX4" fmla="*/ 3599848 w 3599848"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 914400"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3599848" h="914400">
+                <a:moveTo>
+                  <a:pt x="0" y="914400"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="209349" y="608798"/>
+                  <a:pt x="418699" y="303196"/>
+                  <a:pt x="731520" y="221381"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1044341" y="139566"/>
+                  <a:pt x="1515979" y="445970"/>
+                  <a:pt x="1876926" y="423511"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2237873" y="401052"/>
+                  <a:pt x="2610050" y="157212"/>
+                  <a:pt x="2897204" y="86627"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3184358" y="16042"/>
+                  <a:pt x="3392103" y="8021"/>
+                  <a:pt x="3599848" y="0"/>
+                </a:cubicBezTo>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="28575"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Freeform 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07D6C782-EEFA-3F61-FE1A-30B3396B1984}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4644504" y="3379308"/>
+            <a:ext cx="3628724" cy="417543"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 3628724"/>
+              <a:gd name="connsiteY0" fmla="*/ 417543 h 417543"/>
+              <a:gd name="connsiteX1" fmla="*/ 837398 w 3628724"/>
+              <a:gd name="connsiteY1" fmla="*/ 109535 h 417543"/>
+              <a:gd name="connsiteX2" fmla="*/ 2454442 w 3628724"/>
+              <a:gd name="connsiteY2" fmla="*/ 350167 h 417543"/>
+              <a:gd name="connsiteX3" fmla="*/ 3166712 w 3628724"/>
+              <a:gd name="connsiteY3" fmla="*/ 13282 h 417543"/>
+              <a:gd name="connsiteX4" fmla="*/ 3628724 w 3628724"/>
+              <a:gd name="connsiteY4" fmla="*/ 99910 h 417543"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3628724" h="417543">
+                <a:moveTo>
+                  <a:pt x="0" y="417543"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="214162" y="269153"/>
+                  <a:pt x="428325" y="120764"/>
+                  <a:pt x="837398" y="109535"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1246471" y="98306"/>
+                  <a:pt x="2066223" y="366209"/>
+                  <a:pt x="2454442" y="350167"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2842661" y="334125"/>
+                  <a:pt x="2970998" y="54991"/>
+                  <a:pt x="3166712" y="13282"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3362426" y="-28428"/>
+                  <a:pt x="3495575" y="35741"/>
+                  <a:pt x="3628724" y="99910"/>
+                </a:cubicBezTo>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="28575"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Freeform 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A066A98-022B-6A24-0936-4F673DC88E11}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4634879" y="3796851"/>
+            <a:ext cx="3628725" cy="591166"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 3628725"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 591166"/>
+              <a:gd name="connsiteX1" fmla="*/ 760396 w 3628725"/>
+              <a:gd name="connsiteY1" fmla="*/ 288758 h 591166"/>
+              <a:gd name="connsiteX2" fmla="*/ 1559293 w 3628725"/>
+              <a:gd name="connsiteY2" fmla="*/ 96253 h 591166"/>
+              <a:gd name="connsiteX3" fmla="*/ 2752826 w 3628725"/>
+              <a:gd name="connsiteY3" fmla="*/ 587141 h 591166"/>
+              <a:gd name="connsiteX4" fmla="*/ 3628725 w 3628725"/>
+              <a:gd name="connsiteY4" fmla="*/ 288758 h 591166"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3628725" h="591166">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="250257" y="136358"/>
+                  <a:pt x="500514" y="272716"/>
+                  <a:pt x="760396" y="288758"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1020278" y="304800"/>
+                  <a:pt x="1227221" y="46522"/>
+                  <a:pt x="1559293" y="96253"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1891365" y="145984"/>
+                  <a:pt x="2407921" y="555057"/>
+                  <a:pt x="2752826" y="587141"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3097731" y="619225"/>
+                  <a:pt x="3363228" y="453991"/>
+                  <a:pt x="3628725" y="288758"/>
+                </a:cubicBezTo>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="28575"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Freeform 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCC10929-A871-C749-382C-9E14DC20E1FF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4625254" y="3787226"/>
+            <a:ext cx="3619099" cy="1419304"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 3619099"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 1419304"/>
+              <a:gd name="connsiteX1" fmla="*/ 1001028 w 3619099"/>
+              <a:gd name="connsiteY1" fmla="*/ 1376413 h 1419304"/>
+              <a:gd name="connsiteX2" fmla="*/ 2492943 w 3619099"/>
+              <a:gd name="connsiteY2" fmla="*/ 1058779 h 1419304"/>
+              <a:gd name="connsiteX3" fmla="*/ 3619099 w 3619099"/>
+              <a:gd name="connsiteY3" fmla="*/ 933651 h 1419304"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3619099" h="1419304">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="292769" y="599975"/>
+                  <a:pt x="585538" y="1199950"/>
+                  <a:pt x="1001028" y="1376413"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1416518" y="1552876"/>
+                  <a:pt x="2056598" y="1132573"/>
+                  <a:pt x="2492943" y="1058779"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2929288" y="984985"/>
+                  <a:pt x="3274193" y="959318"/>
+                  <a:pt x="3619099" y="933651"/>
+                </a:cubicBezTo>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln w="28575"/>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC4B54EC-DD5D-DA6E-F7AD-8241FBB106F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5618014" y="2613102"/>
+            <a:ext cx="2039196" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="KaiTi" panose="02010609060101010101" pitchFamily="49" charset="-122"/>
+              </a:rPr>
+              <a:t>Policy roll out</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TextBox 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{404F9F4C-7739-1FDD-A292-D084F93AFE81}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7843698" y="2286839"/>
+            <a:ext cx="2300438" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="KaiTi" panose="02010609060101010101" pitchFamily="49" charset="-122"/>
+              </a:rPr>
+              <a:t>Outcome signal</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="19" name="Picture 2" descr="Neural Network Stock Illustrations – 142,634 Neural Network Stock  Illustrations, Vectors &amp; Clipart - Dreamstime">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E78A01E0-E1DE-F3BE-0DD9-AA9914DB7BEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="18800" t="9931" r="20534" b="9931"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3216242" y="3208470"/>
+            <a:ext cx="1257938" cy="1196424"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADDB21C2-CCC1-95F0-9D58-6FA6DD9D25E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3216243" y="4464203"/>
+            <a:ext cx="1257937" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>LLM/Policy</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="21" name="Picture 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C98A140-6A8C-46D0-1EBB-6682A75D9F19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8823931" y="2762136"/>
+            <a:ext cx="339972" cy="274320"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Picture 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB3E9CC2-7A2C-741B-3AFD-F89DC338702F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8823931" y="3369954"/>
+            <a:ext cx="339972" cy="274320"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="23" name="Picture 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{329D9289-A975-769F-0B4F-25875EDB5DB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8823931" y="3977772"/>
+            <a:ext cx="339972" cy="274320"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="24" name="Picture 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{196FB6B9-A73A-476E-4BBF-F53C17977876}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8823931" y="4581995"/>
+            <a:ext cx="339972" cy="274320"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="25" name="Picture 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD230167-8AB7-FBFD-112E-AED54A510838}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="774397" y="3692983"/>
+            <a:ext cx="303679" cy="245038"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="26" name="Picture 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E22842D-1D44-8CDB-D9C9-CF857EB78B90}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1182672" y="5011569"/>
+            <a:ext cx="2051883" cy="450357"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="27" name="Picture 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E77FCF94-A336-DDE9-DF36-8518F97AD6CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1182672" y="5596863"/>
+            <a:ext cx="3461832" cy="562157"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="TextBox 27">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55BF593E-367C-173F-2062-8ECE512CA2C3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10170112" y="2282778"/>
+            <a:ext cx="2300438" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="KaiTi" panose="02010609060101010101" pitchFamily="49" charset="-122"/>
+              </a:rPr>
+              <a:t>Advantage</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="29" name="Picture 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FCEB9A6-2984-767B-F1FF-2553D6BEB070}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId10"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9537415" y="2692835"/>
+            <a:ext cx="2359447" cy="371478"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="30" name="Picture 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0775042B-E4E9-3BF3-FA3F-8B21227FCC56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId11"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9537415" y="3263632"/>
+            <a:ext cx="2381208" cy="374904"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="31" name="Picture 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12C2613B-5085-115F-5713-F09B3E38F83B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId12"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9537415" y="3893924"/>
+            <a:ext cx="2381208" cy="374904"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="32" name="Picture 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C7788E5-C8BE-E2DC-62C7-AD644ED7D50F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId13"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9544342" y="4481411"/>
+            <a:ext cx="2381208" cy="374904"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="TextBox 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4715E668-AFDA-C920-5136-FE841D59C541}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="116107" y="5052081"/>
+            <a:ext cx="1210963" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>mean</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="TextBox 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD7BD7E0-E8E1-E6E3-727F-030F7FEC0E3C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="65922" y="5571144"/>
+            <a:ext cx="1210963" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>standard</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>deviation</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="TextBox 34">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E0E1A37-10E7-670C-725E-80577A346E3C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7918093" y="5693275"/>
+            <a:ext cx="3461832" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Pros</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>and</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>cons?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Why</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>now?</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2125499931"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="22" presetClass="entr" presetSubtype="8" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(left)">
+                                      <p:cBhvr>
+                                        <p:cTn id="7" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="8" presetID="22" presetClass="entr" presetSubtype="8" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="9" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(left)">
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="11" presetID="22" presetClass="entr" presetSubtype="8" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="12" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(left)">
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="14" presetID="22" presetClass="entr" presetSubtype="8" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="15" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(left)">
+                                      <p:cBhvr>
+                                        <p:cTn id="16" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="17" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="500"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="18" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="19" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="20" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="21" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="22" presetID="22" presetClass="entr" presetSubtype="8" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="23" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(left)">
+                                      <p:cBhvr>
+                                        <p:cTn id="24" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="25" presetID="22" presetClass="entr" presetSubtype="8" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="26" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(left)">
+                                      <p:cBhvr>
+                                        <p:cTn id="27" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="28" presetID="22" presetClass="entr" presetSubtype="8" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="29" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(left)">
+                                      <p:cBhvr>
+                                        <p:cTn id="30" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="31" presetID="22" presetClass="entr" presetSubtype="8" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="32" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="wipe(left)">
+                                      <p:cBhvr>
+                                        <p:cTn id="33" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                        <p:par>
+                          <p:cTn id="34" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="500"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="35" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="afterEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="36" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="18"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="37" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="38" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="39" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="40" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="25"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="41" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="42" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="43" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="44" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="21"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="45" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="46" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="47" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="48" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="23"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="49" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="50" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="24"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="51" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="52" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="53" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="54" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="28"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="55" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="56" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="57" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="58" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="33"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="59" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="60" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="34"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="61" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="62" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="26"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="63" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="64" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="27"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="65" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="66" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="67" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="68" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="29"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="69" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="70" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="30"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="71" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="72" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="31"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="73" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="74" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="32"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="75" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="76" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="77" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="78" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="35"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="8" grpId="0" animBg="1"/>
+      <p:bldP spid="9" grpId="0" animBg="1"/>
+      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="11" grpId="0" animBg="1"/>
+      <p:bldP spid="12" grpId="0" animBg="1"/>
+      <p:bldP spid="13" grpId="0" animBg="1"/>
+      <p:bldP spid="14" grpId="0" animBg="1"/>
+      <p:bldP spid="15" grpId="0" animBg="1"/>
+      <p:bldP spid="16" grpId="0"/>
+      <p:bldP spid="18" grpId="0"/>
+      <p:bldP spid="28" grpId="0"/>
+      <p:bldP spid="33" grpId="0"/>
+      <p:bldP spid="34" grpId="0"/>
+      <p:bldP spid="35" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Title 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Outline</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Content Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Policy Gradient Theorem</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>REINFORCE: Monte Carlo Policy Gradient</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Actor–Critic Methods</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Date Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>CS@THU</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Footer Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>RL2025-Fall</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 7"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1093278121"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -10459,51 +15071,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>17</a:t>
+              <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
         <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="8" name="TextBox 7"/>
               <p:cNvSpPr txBox="1"/>
               <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="3538056" y="2598490"/>
                 <a:ext cx="3854197" cy="821892"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
             </p:spPr>
             <p:txBody>
               <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
@@ -11635,51 +16247,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="9" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -11757,51 +16369,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>18</a:t>
+              <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2475728" y="2376439"/>
             <a:ext cx="6865413" cy="1368016"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -12918,51 +17530,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="8" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Title 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -13018,51 +17630,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>19</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1933663" y="1613524"/>
             <a:ext cx="8396808" cy="4661726"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -13220,51 +17832,51 @@
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="3926049" y="5507373"/>
               <a:ext cx="1375794" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:r>
                 <a:rPr lang="en-US" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="00B050"/>
                   </a:solidFill>
                 </a:rPr>
-                <a:t>Why is this?</a:t>
+                <a:t>discount</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="24" name="Straight Arrow Connector 23"/>
             <p:cNvCxnSpPr>
               <a:stCxn id="22" idx="1"/>
             </p:cNvCxnSpPr>
             <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm flipH="1" flipV="1">
               <a:off x="3598879" y="5687737"/>
               <a:ext cx="327170" cy="4302"/>
             </a:xfrm>
             <a:prstGeom prst="straightConnector1">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="19050">
               <a:solidFill>
                 <a:srgbClr val="00B050"/>
               </a:solidFill>
               <a:tailEnd type="triangle"/>
@@ -13743,204 +18355,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...152 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -14018,51 +18477,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>20</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2475728" y="2376439"/>
             <a:ext cx="6865413" cy="1368016"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -15391,51 +19850,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -15513,51 +19972,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>21</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="13" name="Group 12"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="2484646" y="2322562"/>
             <a:ext cx="7041052" cy="2657494"/>
             <a:chOff x="2568537" y="2502925"/>
             <a:chExt cx="7041052" cy="2657494"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="14" name="Picture 13"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
@@ -16454,51 +20913,51 @@
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="28" grpId="0"/>
       <p:bldP spid="29" grpId="0"/>
       <p:bldP spid="33" grpId="0"/>
       <p:bldP spid="34" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -16510,51 +20969,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Takeaways</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Directly estimate policy, as it is eventually what we care about</a:t>
+              <a:t>Directly estimate the policy, as it is eventually what we care about</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>No need to follow Bellman equation, and therefore more flexible</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Higher variance and harder to optimize</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Everything we have learnt for value estimation can be used here</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
@@ -16603,70 +21062,70 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>22</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1235026552"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -16747,51 +21206,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>23</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4069270994"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -19001,50 +23460,2326 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Recap</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Tree Backup – an off-policy method</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Without importance sampling</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>One-step: Q-learning, expected </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>Sarsa</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>CS@THU</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Footer Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>RL2025-Fall</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8073470" y="2063692"/>
+            <a:ext cx="1239714" cy="4100097"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8464492" y="2327945"/>
+            <a:ext cx="335559" cy="3896686"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8934276" y="2269222"/>
+            <a:ext cx="3334998" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>We have sampled observations (e.g., from behavior policy)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8095376" y="3242345"/>
+            <a:ext cx="306198" cy="2982286"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8917497" y="3242345"/>
+            <a:ext cx="306198" cy="2982286"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9243271" y="3498209"/>
+            <a:ext cx="2948729" cy="923330"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>We do not have any observations;</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0070C0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>use current estimate instead!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Picture 14"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="364922" y="3030588"/>
+            <a:ext cx="7544386" cy="1914722"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rectangle 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2637692" y="3661795"/>
+            <a:ext cx="2016370" cy="616590"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Rectangle 16"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2260833" y="2982286"/>
+            <a:ext cx="2722228" cy="629174"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="TextBox 17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4123190" y="2596392"/>
+            <a:ext cx="2860646" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kind of expected </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sarsa</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="FF0000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="12" name="Group 11"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="4139966" y="4102217"/>
+            <a:ext cx="4042671" cy="964950"/>
+            <a:chOff x="4139966" y="4102217"/>
+            <a:chExt cx="4042671" cy="964950"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="20" name="Straight Connector 19"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4139966" y="4102217"/>
+              <a:ext cx="3510793" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050"/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="21" name="Straight Connector 20"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5285064" y="4681057"/>
+              <a:ext cx="2306972" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050"/>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="23" name="TextBox 22"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="4841630" y="4697835"/>
+              <a:ext cx="3341007" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="0070C0"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>by definition, recursion appears!</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="TextBox 23"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3359791" y="5498983"/>
+            <a:ext cx="3926048" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>Why is it an off-policy method?</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9325536" y="4120283"/>
+            <a:ext cx="2763123" cy="296013"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="25" name="Picture 24"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="984424" y="4310866"/>
+            <a:ext cx="7030323" cy="755360"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Rectangle 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D7A3BC6-BE02-456E-BAE1-083510958F91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1245174" y="2923348"/>
+            <a:ext cx="571903" cy="616590"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Rectangle 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31602C4E-9ED7-52C5-08EB-799686C7984D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5045977" y="3618950"/>
+            <a:ext cx="2663505" cy="629174"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2422196242"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="7" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="16" presetClass="entr" presetSubtype="21" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="barn(inVertical)">
+                                      <p:cBhvr>
+                                        <p:cTn id="11" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="8"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="12" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="13" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="9"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="14" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="15" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="16" presetID="16" presetClass="entr" presetSubtype="21" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="17" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="barn(inVertical)">
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="10"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="19" presetID="16" presetClass="entr" presetSubtype="21" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="20" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                    <p:animEffect transition="in" filter="barn(inVertical)">
+                                      <p:cBhvr>
+                                        <p:cTn id="21" dur="500"/>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="11"/>
+                                        </p:tgtEl>
+                                      </p:cBhvr>
+                                    </p:animEffect>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="22" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="23" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="14"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="24" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="25" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="26" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="27" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="3">
+                                            <p:txEl>
+                                              <p:pRg st="1" end="1"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="28" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="29" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="30" presetID="1" presetClass="exit" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="31" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="13"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="hidden"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="32" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="33" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="34" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="35" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="15"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="36" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="37" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="38" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="39" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="16"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="40" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="41" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="19"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="42" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="43" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="44" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="45" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="17"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                              <p:par>
+                                <p:cTn id="46" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="withEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="47" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="22"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="48" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="49" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="50" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="51" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="18"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="52" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="53" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="54" presetID="1" presetClass="exit" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="55" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="25"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="hidden"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="56" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="57" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="58" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="59" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="12"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="60" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="61" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="62" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="63" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="24"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="8" grpId="0" animBg="1"/>
+      <p:bldP spid="9" grpId="0"/>
+      <p:bldP spid="10" grpId="0" animBg="1"/>
+      <p:bldP spid="11" grpId="0" animBg="1"/>
+      <p:bldP spid="14" grpId="0"/>
+      <p:bldP spid="16" grpId="0" animBg="1"/>
+      <p:bldP spid="17" grpId="0" animBg="1"/>
+      <p:bldP spid="18" grpId="0"/>
+      <p:bldP spid="24" grpId="0"/>
+      <p:bldP spid="19" grpId="0" animBg="1"/>
+      <p:bldP spid="22" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Recap: unifying n steps in TD methods</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Content Placeholder 6"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Do we have to wait until n steps for a valid update? </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>CS@THU</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Footer Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>RL2025-Fall</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6279079" y="2497529"/>
+            <a:ext cx="4291050" cy="3844548"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="25" name="Group 24"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="3246540" y="3972188"/>
+            <a:ext cx="4584583" cy="1644242"/>
+            <a:chOff x="1191237" y="3733101"/>
+            <a:chExt cx="4584583" cy="1644242"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="8" name="TextBox 7"/>
+            <p:cNvSpPr txBox="1"/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1191237" y="4026716"/>
+              <a:ext cx="3267512" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" rtlCol="0">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:r>
+                <a:rPr lang="en-US" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="0070C0"/>
+                  </a:solidFill>
+                </a:rPr>
+                <a:t>Weight the return so far</a:t>
+              </a:r>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="10" name="Straight Arrow Connector 9"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipV="1">
+              <a:off x="3609975" y="3733101"/>
+              <a:ext cx="567742" cy="486474"/>
+            </a:xfrm>
+            <a:prstGeom prst="straightConnector1">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050">
+              <a:tailEnd type="triangle"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="11" name="Straight Arrow Connector 10"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3601641" y="4216003"/>
+              <a:ext cx="1289141" cy="372775"/>
+            </a:xfrm>
+            <a:prstGeom prst="straightConnector1">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050">
+              <a:tailEnd type="triangle"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="14" name="Straight Arrow Connector 13"/>
+            <p:cNvCxnSpPr/>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="3603072" y="4211273"/>
+              <a:ext cx="2172748" cy="1166070"/>
+            </a:xfrm>
+            <a:prstGeom prst="straightConnector1">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="19050">
+              <a:tailEnd type="triangle"/>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="27" name="Group 26"/>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="289420" y="2640167"/>
+            <a:ext cx="5758728" cy="723819"/>
+            <a:chOff x="289420" y="2640167"/>
+            <a:chExt cx="5758728" cy="723819"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <mc:Choice Requires="a14">
+            <p:sp>
+              <p:nvSpPr>
+                <p:cNvPr id="22" name="TextBox 21"/>
+                <p:cNvSpPr txBox="1"/>
+                <p:nvPr/>
+              </p:nvSpPr>
+              <p:spPr>
+                <a:xfrm>
+                  <a:off x="289420" y="2772562"/>
+                  <a:ext cx="1681992" cy="400110"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:noFill/>
+              </p:spPr>
+              <p:txBody>
+                <a:bodyPr wrap="square" rtlCol="0">
+                  <a:spAutoFit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a14:m>
+                    <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
+                      <m:r>
+                        <a:rPr lang="en-US" sz="2000" b="0" i="1" smtClean="0">
+                          <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
+                        </a:rPr>
+                        <m:t>𝜆</m:t>
+                      </m:r>
+                    </m:oMath>
+                  </a14:m>
+                  <a:r>
+                    <a:rPr lang="en-US" sz="2000" dirty="0"/>
+                    <a:t>-return:</a:t>
+                  </a:r>
+                </a:p>
+              </p:txBody>
+            </p:sp>
+          </mc:Choice>
+          <mc:Fallback xmlns="">
+            <p:sp>
+              <p:nvSpPr>
+                <p:cNvPr id="22" name="TextBox 21"/>
+                <p:cNvSpPr txBox="1">
+                  <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                </p:cNvSpPr>
+                <p:nvPr/>
+              </p:nvSpPr>
+              <p:spPr>
+                <a:xfrm>
+                  <a:off x="289420" y="2772562"/>
+                  <a:ext cx="1681992" cy="400110"/>
+                </a:xfrm>
+                <a:prstGeom prst="rect">
+                  <a:avLst/>
+                </a:prstGeom>
+                <a:blipFill>
+                  <a:blip r:embed="rId3"/>
+                  <a:stretch>
+                    <a:fillRect t="-9231" b="-27692"/>
+                  </a:stretch>
+                </a:blipFill>
+              </p:spPr>
+              <p:txBody>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:r>
+                    <a:rPr lang="en-US">
+                      <a:noFill/>
+                    </a:rPr>
+                    <a:t> </a:t>
+                  </a:r>
+                </a:p>
+              </p:txBody>
+            </p:sp>
+          </mc:Fallback>
+        </mc:AlternateContent>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="24" name="Picture 23"/>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId4"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1418504" y="2640167"/>
+              <a:ext cx="4629644" cy="723819"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="TextBox 25"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1514213" y="3326234"/>
+            <a:ext cx="5004033" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Soft version of n-step return, without explicit n</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3080018282"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="7" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="8" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="25"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="11" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="12" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="27"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="15" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="16" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="26"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="26" grpId="0"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="6" name="Title 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Policy learning as an optimization problem</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
         <mc:Choice Requires="a14">
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="7" name="Content Placeholder 6"/>
@@ -19318,51 +26053,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>6</a:t>
+              <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2978191" y="3732019"/>
             <a:ext cx="6353221" cy="2314592"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -20134,51 +26869,51 @@
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="2" grpId="0"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -20234,51 +26969,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>RL2025-Fall</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{20B2FE41-6F7E-4506-AABC-77DAB6E9C228}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>7</a:t>
+              <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="13" name="Group 12"/>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="2663505" y="1785025"/>
             <a:ext cx="7175962" cy="4495407"/>
             <a:chOff x="-2813568" y="3242300"/>
             <a:chExt cx="7537968" cy="4722187"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="12" name="Picture 11"/>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
@@ -20822,52 +27557,52 @@
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="9" name="Group 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0C0C209-D4E8-A836-9EF0-AD55DC028029}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="376198" y="2196647"/>
             <a:ext cx="2468716" cy="646331"/>
             <a:chOff x="916462" y="4848096"/>
             <a:chExt cx="2468716" cy="646331"/>
           </a:xfrm>
         </p:grpSpPr>
-        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-          <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+          <mc:Choice Requires="a14">
             <p:sp>
               <p:nvSpPr>
                 <p:cNvPr id="14" name="TextBox 13">
                   <a:extLst>
                     <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF4F1EA1-B7DF-C8DA-E53E-78BCC8CBD15D}"/>
                     </a:ext>
                   </a:extLst>
                 </p:cNvPr>
                 <p:cNvSpPr txBox="1"/>
                 <p:nvPr/>
               </p:nvSpPr>
               <p:spPr>
                 <a:xfrm>
                   <a:off x="916462" y="4848096"/>
                   <a:ext cx="2468716" cy="646331"/>
                 </a:xfrm>
                 <a:prstGeom prst="rect">
                   <a:avLst/>
                 </a:prstGeom>
                 <a:noFill/>
               </p:spPr>
               <p:txBody>
                 <a:bodyPr wrap="square" rtlCol="0">
                   <a:spAutoFit/>
@@ -20885,51 +27620,51 @@
                   <a14:m>
                     <m:oMath xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math">
                       <m:r>
                         <m:rPr>
                           <m:sty m:val="p"/>
                         </m:rPr>
                         <a:rPr lang="en-US" b="0" i="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:latin typeface="Cambria Math" panose="02040503050406030204" pitchFamily="18" charset="0"/>
                         </a:rPr>
                         <m:t>θ</m:t>
                       </m:r>
                     </m:oMath>
                   </a14:m>
                   <a:endParaRPr lang="en-US" dirty="0">
                     <a:solidFill>
                       <a:srgbClr val="FF0000"/>
                     </a:solidFill>
                   </a:endParaRPr>
                 </a:p>
               </p:txBody>
             </p:sp>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns="">
             <p:sp>
               <p:nvSpPr>
                 <p:cNvPr id="14" name="TextBox 13">
                   <a:extLst>
                     <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                       <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF4F1EA1-B7DF-C8DA-E53E-78BCC8CBD15D}"/>
                     </a:ext>
                   </a:extLst>
                 </p:cNvPr>
                 <p:cNvSpPr txBox="1">
                   <a:spLocks noRot="1" noChangeAspect="1" noMove="1" noResize="1" noEditPoints="1" noAdjustHandles="1" noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
                 </p:cNvSpPr>
                 <p:nvPr/>
               </p:nvSpPr>
               <p:spPr>
                 <a:xfrm>
                   <a:off x="916462" y="4848096"/>
                   <a:ext cx="2468716" cy="646331"/>
                 </a:xfrm>
                 <a:prstGeom prst="rect">
                   <a:avLst/>
                 </a:prstGeom>
                 <a:blipFill>
                   <a:blip r:embed="rId4"/>
                   <a:stretch>
@@ -21498,1851 +28233,50 @@
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="21" grpId="0"/>
       <p:bldP spid="22" grpId="0" animBg="1"/>
       <p:bldP spid="24" grpId="0" animBg="1"/>
     </p:bldLst>
-  </p:timing>
-[...1799 lines deleted...]
-    </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
@@ -23828,104 +28762,108 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1002</Words>
+  <Words>1156</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>215</Paragraphs>
-  <Slides>23</Slides>
+  <Paragraphs>248</Paragraphs>
+  <Slides>26</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>23</vt:i4>
+        <vt:i4>26</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="28" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
+      <vt:lpstr>KaiTi</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Cambria Math</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>Policy Gradient Methods</vt:lpstr>
       <vt:lpstr>Outline</vt:lpstr>
       <vt:lpstr>A taxonomy of RL solutions</vt:lpstr>
       <vt:lpstr>How to derive a policy</vt:lpstr>
       <vt:lpstr>Advantage of direct policy learning in a toy example</vt:lpstr>
+      <vt:lpstr>Recap: Tree Backup – an off-policy method</vt:lpstr>
+      <vt:lpstr>Recap: unifying n steps in TD methods</vt:lpstr>
       <vt:lpstr>Policy learning as an optimization problem</vt:lpstr>
       <vt:lpstr>Policy gradient theorem</vt:lpstr>
       <vt:lpstr>Policy gradient theorem (continued)</vt:lpstr>
       <vt:lpstr>REINFORCE: Monte Carlo policy gradient</vt:lpstr>
       <vt:lpstr>REINFORCE: Monte Carlo policy gradient</vt:lpstr>
       <vt:lpstr>REINFORCE: Monte Carlo policy gradient</vt:lpstr>
       <vt:lpstr>REINFORCE: Monte Carlo policy gradient</vt:lpstr>
       <vt:lpstr>Construction of policy</vt:lpstr>
       <vt:lpstr>REINFORCE with baseline</vt:lpstr>
       <vt:lpstr>REINFORCE with advantage function</vt:lpstr>
       <vt:lpstr>REINFORCE with advantage function</vt:lpstr>
+      <vt:lpstr>Group Relative Policy Optimization (GRPO)</vt:lpstr>
       <vt:lpstr>REINFORCE: Monte Carlo policy gradient</vt:lpstr>
       <vt:lpstr>Actor-critic methods</vt:lpstr>
       <vt:lpstr>One-step actor-critic method</vt:lpstr>
       <vt:lpstr>Actor-critic methods</vt:lpstr>
       <vt:lpstr>Revisit REINFORCE</vt:lpstr>
       <vt:lpstr>Takeaways</vt:lpstr>
       <vt:lpstr>Suggested reading</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Virginia</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Introduction to Reinforcement Learning</dc:title>
   <dc:creator>wang hongning</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>